--- v0 (2026-02-07)
+++ v1 (2026-03-31)
@@ -2407,313 +2407,319 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0080323A">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
         <w:t>………………………………</w:t>
       </w:r>
       <w:r w:rsidRPr="0080323A">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>บาท</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA48763" w14:textId="375FE674" w:rsidR="00AD1238" w:rsidRPr="003E1559" w:rsidRDefault="00AD1238" w:rsidP="00AD1238">
+    <w:p w14:paraId="2CA48763" w14:textId="2A019979" w:rsidR="00AD1238" w:rsidRPr="003E1559" w:rsidRDefault="00AD1238" w:rsidP="00AD1238">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E1559">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>8.1</w:t>
       </w:r>
       <w:r w:rsidRPr="003E1559">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
+      <w:r w:rsidRPr="003A7762">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ค่าตอบแทนวิทยากร (</w:t>
+      </w:r>
+      <w:r w:rsidR="003A7762" w:rsidRPr="003A7762">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>บุคลากร</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A7762">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EEA9D95" w14:textId="4F28BE51" w:rsidR="00AD1238" w:rsidRPr="003E1559" w:rsidRDefault="00AD1238" w:rsidP="00AD1238">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003E1559">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ภาคบรรยาย (จำนวน ... ชั่วโมง ๆ ละ </w:t>
+      </w:r>
+      <w:r w:rsidR="006848B1">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> บาท</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.....</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> คน ..... วัน</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">)   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>จำนวน .................. บาท</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49AC34F2" w14:textId="41C8CB36" w:rsidR="00AD1238" w:rsidRPr="003E1559" w:rsidRDefault="00AD1238" w:rsidP="00AD1238">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">- ภาคปฏิบัติ (จำนวน .... ชั่วโมง ๆ ละ </w:t>
+      </w:r>
+      <w:r w:rsidR="006848B1">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> บาท</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ..... คน ..... วัน</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">)     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>จำนวน .................. บาท</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E77FD41" w14:textId="156045E0" w:rsidR="00AD1238" w:rsidRPr="00387DF3" w:rsidRDefault="00AD1238" w:rsidP="00AD1238">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:cs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>8.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A7762">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
           <w:cs/>
         </w:rPr>
         <w:t>ค่าตอบแทนวิทยากร (</w:t>
       </w:r>
-      <w:r w:rsidR="006848B1">
-[...225 lines deleted...]
-          <w:szCs w:val="32"/>
+      <w:r w:rsidR="003A7762" w:rsidRPr="003A7762">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>บุคคลภายนอก</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A7762">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
           <w:cs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C3BA28C" w14:textId="77777777" w:rsidR="00AD1238" w:rsidRPr="003E1559" w:rsidRDefault="00AD1238" w:rsidP="00AD1238">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E1559">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="003E1559">
         <w:rPr>
@@ -4535,313 +4541,319 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00387DF3">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>………………………………</w:t>
       </w:r>
       <w:r w:rsidRPr="00387DF3">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>บาท</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B430171" w14:textId="77777777" w:rsidR="006848B1" w:rsidRPr="003E1559" w:rsidRDefault="006848B1" w:rsidP="006848B1">
+    <w:p w14:paraId="10ACBC1C" w14:textId="77777777" w:rsidR="003A7762" w:rsidRPr="003E1559" w:rsidRDefault="003A7762" w:rsidP="003A7762">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E1559">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>8.1</w:t>
       </w:r>
       <w:r w:rsidRPr="003E1559">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
+      <w:r w:rsidRPr="003A7762">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ค่าตอบแทนวิทยากร (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A7762">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>บุคลากร</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A7762">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB9255C" w14:textId="77777777" w:rsidR="003A7762" w:rsidRPr="003E1559" w:rsidRDefault="003A7762" w:rsidP="003A7762">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003E1559">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ภาคบรรยาย (จำนวน ... ชั่วโมง ๆ ละ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> บาท</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.....</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> คน ..... วัน</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">)   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>จำนวน .................. บาท</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52DB142F" w14:textId="77777777" w:rsidR="003A7762" w:rsidRPr="003E1559" w:rsidRDefault="003A7762" w:rsidP="003A7762">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">- ภาคปฏิบัติ (จำนวน .... ชั่วโมง ๆ ละ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> บาท</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ..... คน ..... วัน</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">)     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>จำนวน .................. บาท</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39A24024" w14:textId="77777777" w:rsidR="003A7762" w:rsidRPr="00387DF3" w:rsidRDefault="003A7762" w:rsidP="003A7762">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:cs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>8.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1559">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A7762">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
           <w:cs/>
         </w:rPr>
         <w:t>ค่าตอบแทนวิทยากร (</w:t>
       </w:r>
-      <w:r>
-[...225 lines deleted...]
-          <w:szCs w:val="32"/>
+      <w:r w:rsidRPr="003A7762">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>บุคคลภายนอก</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A7762">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
           <w:cs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EC38950" w14:textId="77777777" w:rsidR="006848B1" w:rsidRPr="003E1559" w:rsidRDefault="006848B1" w:rsidP="006848B1">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E1559">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="003E1559">
         <w:rPr>
@@ -9774,51 +9786,51 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:cs/>
         </w:rPr>
         <w:t>วันที่</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB7F1A">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00387DF3">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FC240F1" w14:textId="50F3303F" w:rsidR="00AD1238" w:rsidRPr="00387DF3" w:rsidRDefault="00AD1238" w:rsidP="00AD1238">
+    <w:p w14:paraId="4FC240F1" w14:textId="798807B5" w:rsidR="00AD1238" w:rsidRPr="00387DF3" w:rsidRDefault="00AD1238" w:rsidP="00AD1238">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB7F1A">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:cs/>
         </w:rPr>
         <w:t>เรื่อง</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB7F1A">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
@@ -9832,66 +9844,78 @@
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00387DF3">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ขออนุมัติเบิกค่าตอบแทนวิทยากร</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...14 lines deleted...]
-          <w:szCs w:val="32"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A7762">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="003A7762" w:rsidRPr="003A7762">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>บุคลากร</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A7762">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
           <w:cs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4249AC" w14:textId="77777777" w:rsidR="00AD1238" w:rsidRPr="00387DF3" w:rsidRDefault="00AD1238" w:rsidP="00AD1238">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C112973" w14:textId="77777777" w:rsidR="00AD1238" w:rsidRPr="00387DF3" w:rsidRDefault="00AD1238" w:rsidP="00AD1238">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB7F1A">
         <w:rPr>
@@ -12006,112 +12030,125 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CB7F1A">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:cs/>
         </w:rPr>
         <w:t>วันที่</w:t>
       </w:r>
       <w:r w:rsidRPr="00387DF3">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5CED20" w14:textId="39586742" w:rsidR="00AD1238" w:rsidRPr="00387DF3" w:rsidRDefault="00AD1238" w:rsidP="00AD1238">
-[...4 lines deleted...]
-          <w:szCs w:val="32"/>
+    <w:p w14:paraId="5E5CED20" w14:textId="21F954D0" w:rsidR="00AD1238" w:rsidRPr="00387DF3" w:rsidRDefault="00AD1238" w:rsidP="00AD1238">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB7F1A">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:cs/>
         </w:rPr>
         <w:t>เรื่อง</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00387DF3">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ขออนุมัติเบิกค่าตอบแทนวิทยากร</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...14 lines deleted...]
-          <w:szCs w:val="32"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A7762">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="003A7762" w:rsidRPr="003A7762">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>บุคคลภายนอก</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A7762">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
           <w:cs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E01D1DF" w14:textId="77777777" w:rsidR="00AD1238" w:rsidRPr="00387DF3" w:rsidRDefault="00AD1238" w:rsidP="00AD1238">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16DD2B69" w14:textId="77777777" w:rsidR="00AD1238" w:rsidRPr="00387DF3" w:rsidRDefault="00AD1238" w:rsidP="00AD1238">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB7F1A">
         <w:rPr>
@@ -21710,58 +21747,58 @@
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="519F12DF" w14:textId="155F8946" w:rsidR="002F388C" w:rsidRPr="00AD1238" w:rsidRDefault="002F388C" w:rsidP="00AD1238"/>
     <w:sectPr w:rsidR="002F388C" w:rsidRPr="00AD1238" w:rsidSect="00D01A97">
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56E86400" w14:textId="77777777" w:rsidR="00F0136A" w:rsidRDefault="00F0136A">
+    <w:p w14:paraId="6BDE7935" w14:textId="77777777" w:rsidR="00CD71AF" w:rsidRDefault="00CD71AF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="423E586E" w14:textId="77777777" w:rsidR="00F0136A" w:rsidRDefault="00F0136A">
+    <w:p w14:paraId="4598E737" w14:textId="77777777" w:rsidR="00CD71AF" w:rsidRDefault="00CD71AF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TH SarabunPSK">
     <w:panose1 w:val="020B0500040200020003"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A100006F" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00010183" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -21994,58 +22031,58 @@
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="2A865F71" w14:textId="77777777" w:rsidR="00DC3031" w:rsidRPr="00387DF3" w:rsidRDefault="00DC3031" w:rsidP="0057369D">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:ind w:right="-383"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F7529DD" w14:textId="77777777" w:rsidR="00F0136A" w:rsidRDefault="00F0136A">
+    <w:p w14:paraId="234F52DD" w14:textId="77777777" w:rsidR="00CD71AF" w:rsidRDefault="00CD71AF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="695509A9" w14:textId="77777777" w:rsidR="00F0136A" w:rsidRDefault="00F0136A">
+    <w:p w14:paraId="41E7F402" w14:textId="77777777" w:rsidR="00CD71AF" w:rsidRDefault="00CD71AF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="5E804E73" w14:textId="77777777" w:rsidR="00AD1238" w:rsidRPr="0020153F" w:rsidRDefault="00AD1238" w:rsidP="00943D78">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2130"/>
         <w:tab w:val="right" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9214"/>
       </w:tabs>
       <w:ind w:right="-1"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
@@ -23724,87 +23761,89 @@
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="938877089">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2147043081">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1860776119">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1606305792">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="553468490">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1128280776">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F388C"/>
     <w:rsid w:val="000B1922"/>
     <w:rsid w:val="000F2A41"/>
     <w:rsid w:val="00251832"/>
     <w:rsid w:val="002F388C"/>
+    <w:rsid w:val="003A7762"/>
     <w:rsid w:val="003C138A"/>
     <w:rsid w:val="006848B1"/>
     <w:rsid w:val="0097276F"/>
     <w:rsid w:val="00987552"/>
     <w:rsid w:val="00AA5B2B"/>
     <w:rsid w:val="00AD1238"/>
     <w:rsid w:val="00B3476A"/>
+    <w:rsid w:val="00CD71AF"/>
     <w:rsid w:val="00D01A97"/>
     <w:rsid w:val="00DC3031"/>
     <w:rsid w:val="00EA4BC6"/>
     <w:rsid w:val="00F0136A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -25041,54 +25080,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>2636</Words>
-  <Characters>15028</Characters>
+  <Words>2639</Words>
+  <Characters>15045</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>125</Lines>
   <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Maejo University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17629</CharactersWithSpaces>
+  <CharactersWithSpaces>17649</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Somboon Radom</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>