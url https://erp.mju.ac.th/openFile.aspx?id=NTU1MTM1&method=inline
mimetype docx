--- v0 (2026-01-11)
+++ v1 (2026-03-15)
@@ -1084,51 +1084,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="10883338" w14:textId="77777777" w:rsidR="0002377F" w:rsidRPr="0002377F" w:rsidRDefault="0002377F" w:rsidP="0002377F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0002377F">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*Corresponding author: ……………@...........</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54219899" w14:textId="77777777" w:rsidR="0002377F" w:rsidRPr="0002377F" w:rsidRDefault="0002377F" w:rsidP="0002377F">
+    <w:p w14:paraId="54219899" w14:textId="77777777" w:rsidR="0002377F" w:rsidRDefault="0002377F" w:rsidP="0002377F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0002377F">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>(อีเมล</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -1192,50 +1192,214 @@
         </w:rPr>
         <w:t xml:space="preserve"> New, </w:t>
       </w:r>
       <w:r w:rsidRPr="0002377F">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="0002377F">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> pt.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77AB68B2" w14:textId="77777777" w:rsidR="006B0104" w:rsidRPr="006B0104" w:rsidRDefault="006B0104" w:rsidP="006B0104">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0104">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*ORCID </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B0104">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>iD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B0104">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>: https://orcid.org/xxxx-xxxx-xxxx-xxxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2753CE4D" w14:textId="05DC624A" w:rsidR="006B0104" w:rsidRPr="0002377F" w:rsidRDefault="006B0104" w:rsidP="006B0104">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:color w:val="548DD4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0104">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:color w:val="548DD4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0104">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:color w:val="548DD4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">หมายเลข </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0104">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:color w:val="548DD4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ORCID </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B0104">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:color w:val="548DD4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>iD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B0104">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:color w:val="548DD4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0104">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:color w:val="548DD4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ผู้เสนอผลงาน)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0104">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:color w:val="548DD4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, TH </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B0104">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:color w:val="548DD4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Sarabun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B0104">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:color w:val="548DD4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> New, 12 pt.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27E81AB2" w14:textId="77777777" w:rsidR="0002377F" w:rsidRPr="0002377F" w:rsidRDefault="0002377F" w:rsidP="0002377F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0002377F">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w:cs/>
@@ -2133,50 +2297,51 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0002377F">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">เว้น </w:t>
       </w:r>
       <w:r w:rsidRPr="0002377F">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>8 / 10 pt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B156F32" w14:textId="77777777" w:rsidR="0002377F" w:rsidRPr="0002377F" w:rsidRDefault="0002377F" w:rsidP="0002377F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2269,51 +2434,50 @@
     <w:p w14:paraId="4057962C" w14:textId="77777777" w:rsidR="0002377F" w:rsidRPr="0002377F" w:rsidRDefault="0002377F" w:rsidP="0002377F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0002377F">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">เว้น </w:t>
       </w:r>
       <w:r w:rsidRPr="0002377F">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>15 pt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E31900D" w14:textId="77777777" w:rsidR="0002377F" w:rsidRPr="0002377F" w:rsidRDefault="0002377F" w:rsidP="0002377F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
@@ -3626,79 +3790,79 @@
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>……………………………………………………………………………………………………………………………………………………………..…………………………………………………………………………………………………………………………………………………………………………..…………………………………………………………………………………………………………………………………………………………………………..……………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39B3CC5F" w14:textId="77777777" w:rsidR="0002377F" w:rsidRPr="0002377F" w:rsidRDefault="0002377F" w:rsidP="0002377F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0002377F">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>…………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E3B879A" w14:textId="77777777" w:rsidR="0002377F" w:rsidRPr="0002377F" w:rsidRDefault="0002377F" w:rsidP="0002377F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0002377F">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">เว้น </w:t>
       </w:r>
       <w:r w:rsidRPr="0002377F">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>15 pt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CCDF197" w14:textId="77777777" w:rsidR="0002377F" w:rsidRPr="0002377F" w:rsidRDefault="0002377F" w:rsidP="0002377F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
@@ -5205,50 +5369,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5F768413" w14:textId="7B2A0BB2" w:rsidR="004B3F32" w:rsidRPr="0002377F" w:rsidRDefault="0002377F" w:rsidP="0002377F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0002377F">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">             (1</w:t>
       </w:r>
       <w:r w:rsidRPr="0002377F">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Tab)</w:t>
       </w:r>
       <w:r w:rsidRPr="0002377F">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>……………………………………………………………………………………………………</w:t>
       </w:r>
@@ -5288,69 +5453,71 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TH Sarabun New">
     <w:panose1 w:val="020B0500040200020003"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A100006F" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00010183" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="156"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0002377F"/>
     <w:rsid w:val="0002377F"/>
     <w:rsid w:val="00496780"/>
     <w:rsid w:val="004B3F32"/>
     <w:rsid w:val="00577901"/>
+    <w:rsid w:val="006B0104"/>
+    <w:rsid w:val="00F71C94"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="53EE295E"/>
@@ -6587,55 +6754,55 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4795</Characters>
+  <Pages>4</Pages>
+  <Words>857</Words>
+  <Characters>4886</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
+  <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5625</CharactersWithSpaces>
+  <CharactersWithSpaces>5732</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>RANRANA Kayun</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>