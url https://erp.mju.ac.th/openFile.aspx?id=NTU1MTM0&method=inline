--- v0 (2026-01-11)
+++ v1 (2026-03-15)
@@ -238,51 +238,51 @@
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">เว้น </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>15 pt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05869A3F" w14:textId="77777777" w:rsidR="00F94B9B" w:rsidRPr="00F94B9B" w:rsidRDefault="00F94B9B" w:rsidP="00F94B9B">
+    <w:p w14:paraId="05869A3F" w14:textId="2C45DC6F" w:rsidR="00F94B9B" w:rsidRPr="00F94B9B" w:rsidRDefault="00F94B9B" w:rsidP="00F94B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>ชื่อ</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B9B">
@@ -297,51 +297,77 @@
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>นามสกุล</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w:vertAlign w:val="superscript"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>1*</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34331">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F94B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>//</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>ชื่อ</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B9B">
@@ -479,87 +505,115 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Sarabun</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> New, 15 pt., Bold)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5612D426" w14:textId="77777777" w:rsidR="00F94B9B" w:rsidRPr="00F94B9B" w:rsidRDefault="00F94B9B" w:rsidP="00F94B9B">
+    <w:p w14:paraId="5612D426" w14:textId="0F264ED7" w:rsidR="00F94B9B" w:rsidRPr="00F94B9B" w:rsidRDefault="00F94B9B" w:rsidP="00F94B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Name/Lastname</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w:vertAlign w:val="superscript"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>1*</w:t>
-      </w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34331">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F94B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>//Name/Lastname</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w:vertAlign w:val="superscript"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B9B">
@@ -1086,51 +1140,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2747AC06" w14:textId="77777777" w:rsidR="00F94B9B" w:rsidRPr="00F94B9B" w:rsidRDefault="00F94B9B" w:rsidP="00F94B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*Corresponding author: ……………@...........</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="039F1D01" w14:textId="77777777" w:rsidR="00F94B9B" w:rsidRPr="00F94B9B" w:rsidRDefault="00F94B9B" w:rsidP="00F94B9B">
+    <w:p w14:paraId="039F1D01" w14:textId="77777777" w:rsidR="00F94B9B" w:rsidRDefault="00F94B9B" w:rsidP="00F94B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>(อีเมล</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -1194,50 +1248,301 @@
         </w:rPr>
         <w:t xml:space="preserve"> New, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> pt.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45EFBF49" w14:textId="428172B3" w:rsidR="00E34331" w:rsidRPr="00E34331" w:rsidRDefault="00E34331" w:rsidP="00F94B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34331">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*ORCID </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E34331">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>iD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E34331">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:r w:rsidRPr="00E34331">
+          <w:rPr>
+            <w:rStyle w:val="af"/>
+            <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+            <w:color w:val="auto"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>https://orcid.org/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E34331">
+          <w:rPr>
+            <w:rStyle w:val="af"/>
+            <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+            <w:color w:val="auto"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>xxxx</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E34331">
+          <w:rPr>
+            <w:rStyle w:val="af"/>
+            <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+            <w:color w:val="auto"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E34331">
+          <w:rPr>
+            <w:rStyle w:val="af"/>
+            <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+            <w:color w:val="auto"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>xxxx</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E34331">
+          <w:rPr>
+            <w:rStyle w:val="af"/>
+            <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+            <w:color w:val="auto"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E34331">
+          <w:rPr>
+            <w:rStyle w:val="af"/>
+            <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+            <w:color w:val="auto"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>xxxx</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E34331">
+          <w:rPr>
+            <w:rStyle w:val="af"/>
+            <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+            <w:color w:val="auto"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E34331">
+          <w:rPr>
+            <w:rStyle w:val="af"/>
+            <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+            <w:color w:val="auto"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>xxxx</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="03E648F7" w14:textId="656999E8" w:rsidR="00E34331" w:rsidRPr="00F94B9B" w:rsidRDefault="00E34331" w:rsidP="00F94B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:color w:val="548DD4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34331">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:color w:val="548DD4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
+          <w:color w:val="548DD4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">หมายเลข </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:color w:val="548DD4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ORCID </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:color w:val="548DD4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>iD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E34331">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:color w:val="548DD4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ผู้เสนอผลงาน)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E34331">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:color w:val="548DD4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, TH </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E34331">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:color w:val="548DD4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Sarabun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E34331">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:color w:val="548DD4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> New, 12 pt.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A285308" w14:textId="77777777" w:rsidR="00F94B9B" w:rsidRPr="00F94B9B" w:rsidRDefault="00F94B9B" w:rsidP="00F94B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w:cs/>
@@ -2135,50 +2440,51 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">เว้น </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>8 / 10 pt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30D1B3A5" w14:textId="77777777" w:rsidR="00F94B9B" w:rsidRPr="00F94B9B" w:rsidRDefault="00F94B9B" w:rsidP="00F94B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2271,51 +2577,50 @@
     <w:p w14:paraId="6B0C32EC" w14:textId="77777777" w:rsidR="00F94B9B" w:rsidRPr="00F94B9B" w:rsidRDefault="00F94B9B" w:rsidP="00F94B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">เว้น </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>15 pt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E0A7CEC" w14:textId="77777777" w:rsidR="00F94B9B" w:rsidRPr="00F94B9B" w:rsidRDefault="00F94B9B" w:rsidP="00F94B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -3590,51 +3895,50 @@
     </w:p>
     <w:p w14:paraId="5C0B00D7" w14:textId="77777777" w:rsidR="00F94B9B" w:rsidRPr="00F94B9B" w:rsidRDefault="00F94B9B" w:rsidP="00F94B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ข้อมูลตาราง</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D2C13F8" w14:textId="77777777" w:rsidR="00F94B9B" w:rsidRPr="00F94B9B" w:rsidRDefault="00F94B9B" w:rsidP="00F94B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
@@ -5141,51 +5445,51 @@
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52D55258" wp14:editId="5CC4E02B">
             <wp:extent cx="4428062" cy="1741336"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="41" name="รูปภาพ 41"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 53"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId4" cstate="print">
+                    <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="2160"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4445442" cy="1748171"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
@@ -5771,51 +6075,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7ABB2F33" wp14:editId="7A0EC0F1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2969822</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>3920</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1126122" cy="1304621"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="42" name="Picture 17" descr="หัวที่มีไหล"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 17" descr="หัวที่มีไหล"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId5"/>
+                    <a:blip r:embed="rId6"/>
                     <a:srcRect l="1893" t="1610" r="1893" b="1192"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1126122" cy="1304621"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
@@ -5870,51 +6174,51 @@
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="230CE2DA" wp14:editId="40677E11">
             <wp:extent cx="1112039" cy="1304621"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="43" name="รูปภาพ 1" descr="micro3.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="micro3.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId7" cstate="print">
                       <a:lum contrast="11000"/>
                     </a:blip>
                     <a:srcRect t="1553"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1114908" cy="1307986"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="19050">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -6164,51 +6468,50 @@
     <w:p w14:paraId="3E03FDB6" w14:textId="77777777" w:rsidR="00F94B9B" w:rsidRPr="00F94B9B" w:rsidRDefault="00F94B9B" w:rsidP="00F94B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">                                                   วิจารณ์ผลการวิจัย</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
@@ -7718,50 +8021,51 @@
         <w:t>……………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31F537FE" w14:textId="77777777" w:rsidR="00F94B9B" w:rsidRPr="00F94B9B" w:rsidRDefault="00F94B9B" w:rsidP="00F94B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">เนื้อหา </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:cs/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B9B">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Times New Roman" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="548DD4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">TH </w:t>
       </w:r>
@@ -7891,68 +8195,70 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TH Sarabun New">
     <w:panose1 w:val="020B0500040200020003"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A100006F" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00010183" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Browallia New">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="156"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F94B9B"/>
     <w:rsid w:val="00496780"/>
     <w:rsid w:val="004B3F32"/>
     <w:rsid w:val="00577901"/>
+    <w:rsid w:val="00E34331"/>
+    <w:rsid w:val="00F71C94"/>
     <w:rsid w:val="00F94B9B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -8882,62 +9188,85 @@
   <w:style w:type="table" w:styleId="ae">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F94B9B"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="28"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E34331"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E34331"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/xxxx-xxxx-xxxx-xxxx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -9215,55 +9544,55 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5178</Characters>
+  <Pages>5</Pages>
+  <Words>932</Words>
+  <Characters>5315</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
+  <Lines>44</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6074</CharactersWithSpaces>
+  <CharactersWithSpaces>6235</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>RANRANA Kayun</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>